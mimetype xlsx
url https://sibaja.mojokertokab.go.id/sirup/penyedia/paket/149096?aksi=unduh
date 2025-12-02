--- v0 (2025-10-13)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Sumber Dana</t>
   </si>
   <si>
     <t>Metode Pengadaan</t>
   </si>
   <si>
     <t>Jenis Pengadaan</t>
   </si>
   <si>
     <t>Tanggal Awal Pemilihan</t>
   </si>
   <si>
@@ -89,261 +89,303 @@
   <si>
     <t>Status Pra DIPA</t>
   </si>
   <si>
     <t>Status PDN</t>
   </si>
   <si>
     <t>Status UKM</t>
   </si>
   <si>
     <t>Alasan Non UKM</t>
   </si>
   <si>
     <t>Status Konsolidasi</t>
   </si>
   <si>
     <t>Volume Pekerjaan</t>
   </si>
   <si>
     <t>Uraian Pekerjaan</t>
   </si>
   <si>
     <t>Spesifikasi Pekerjaan</t>
   </si>
   <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak</t>
+  </si>
+  <si>
+    <t>APBD</t>
+  </si>
+  <si>
+    <t>E-Purchasing</t>
+  </si>
+  <si>
+    <t>Barang</t>
+  </si>
+  <si>
+    <t>01/02/2025</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
+  </si>
+  <si>
+    <t>28/12/2024</t>
+  </si>
+  <si>
+    <t>28/12/2024 07:31:11</t>
+  </si>
+  <si>
+    <t>'197706072001122005</t>
+  </si>
+  <si>
+    <t>YUNI LAILI FAIZAH, ST</t>
+  </si>
+  <si>
+    <t>Non-PraDIPA</t>
+  </si>
+  <si>
+    <t>PDN</t>
+  </si>
+  <si>
+    <t>UKM</t>
+  </si>
+  <si>
+    <t>Non-Konsolidasi</t>
+  </si>
+  <si>
+    <t>1 Paket</t>
+  </si>
+  <si>
+    <t>Cetak Map Dinas;</t>
+  </si>
+  <si>
+    <t>Bahan Kertas Bufalo;</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Jamuan Tamu</t>
+  </si>
+  <si>
+    <t>Pengadaan Langsung</t>
+  </si>
+  <si>
+    <t>Jasa Lainnya</t>
+  </si>
+  <si>
+    <t>24/04/2025</t>
+  </si>
+  <si>
+    <t>24/04/2025 06:20:11</t>
+  </si>
+  <si>
+    <t>Snack Kering; Air Mineral;</t>
+  </si>
+  <si>
+    <t>Kue Kering, Snack; Kemasan Botol 330 Ml;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Bahan Komputer</t>
+  </si>
+  <si>
+    <t>APBDP</t>
+  </si>
+  <si>
+    <t>01/08/2025 10:13:05</t>
+  </si>
+  <si>
+    <t>Tinta Printer;</t>
+  </si>
+  <si>
+    <t>Tinta Cair 70 Ml;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor</t>
+  </si>
+  <si>
+    <t>01/08/2025 10:23:26</t>
+  </si>
+  <si>
+    <t>Ballpoint; Map; Buku Block Note;</t>
+  </si>
+  <si>
+    <t>Tulis; Map Plastik Zipper; Isi 50 Lembar;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Benda Pos</t>
+  </si>
+  <si>
+    <t>01/08/2025 11:13:14</t>
+  </si>
+  <si>
+    <t>Materai;</t>
+  </si>
+  <si>
+    <t>10000;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan kantor-Bahan Cetak Sub Bagian Pembinaan dan Advokasi Pengadaan barang dan jasa</t>
+  </si>
+  <si>
+    <t>12 lembar</t>
+  </si>
+  <si>
+    <t>Cetak Piagam</t>
+  </si>
+  <si>
+    <t>Cetak 1 muka, full warna, bahan kertas BC/Concord UK</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan kantor-Perabot kantor</t>
+  </si>
+  <si>
+    <t>12 buah</t>
+  </si>
+  <si>
+    <t>Pigora</t>
+  </si>
+  <si>
+    <t>Bahan Fiber Glass, sedang</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Hotel</t>
+  </si>
+  <si>
+    <t>Dikecualikan</t>
+  </si>
+  <si>
+    <t>29/09/2025</t>
+  </si>
+  <si>
+    <t>29/09/2025 14:24:26</t>
+  </si>
+  <si>
+    <t>18 orang/hari</t>
+  </si>
+  <si>
+    <t>Sewa kamar hotel</t>
+  </si>
+  <si>
+    <t>setara superior room</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat</t>
+  </si>
+  <si>
+    <t>29/09/2025 14:34:36</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan);</t>
+  </si>
+  <si>
+    <t>Snack; Nasi Kotak;</t>
+  </si>
+  <si>
+    <t>29/09/2025 14:45:58</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Prasmanan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan);</t>
+  </si>
+  <si>
+    <t>VIP prasmanan; Snack; Nasi Kotak;</t>
+  </si>
+  <si>
+    <t>26/11/2025</t>
+  </si>
+  <si>
+    <t>26/11/2025 10:03:15</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack);</t>
+  </si>
+  <si>
+    <t>-; -;</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Kendaraan Berpenumpang</t>
+  </si>
+  <si>
+    <t>26/11/2025 09:47:41</t>
+  </si>
+  <si>
+    <t>1 hari</t>
+  </si>
+  <si>
+    <t>Sewa bus kecil</t>
+  </si>
+  <si>
+    <t>bus kecil</t>
+  </si>
+  <si>
+    <t>Belanja alat/bahan untuk Kegiatan Kantor-Benda Pos</t>
+  </si>
+  <si>
+    <t>1 lembar</t>
+  </si>
+  <si>
+    <t>materai</t>
+  </si>
+  <si>
+    <t>Rp 10.000</t>
+  </si>
+  <si>
     <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Kertas dan Cover</t>
   </si>
   <si>
-    <t>APBD</t>
-[...38 lines deleted...]
-    <t>1 Paket</t>
+    <t>26/11/2025 10:11:27</t>
   </si>
   <si>
     <t>Kertas Hvs; Kertas HVS;</t>
   </si>
   <si>
     <t>80 Gram A4; Folio/F4 70Gram;</t>
   </si>
   <si>
-    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak</t>
-[...158 lines deleted...]
-    <t>VIP prasmanan; Snack; Nasi Kotak;</t>
+    <t>01/11/2025</t>
+  </si>
+  <si>
+    <t>26/11/2025 10:12:29</t>
+  </si>
+  <si>
+    <t>14 orang/hari</t>
+  </si>
+  <si>
+    <t>setara Superior Room</t>
+  </si>
+  <si>
+    <t>26/11/2025 10:13:34</t>
+  </si>
+  <si>
+    <t>1 hari/orang</t>
+  </si>
+  <si>
+    <t>setara suite room</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -704,54 +746,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Y16"/>
+  <dimension ref="A1:Y20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E16" sqref="E16:Y16"/>
+      <selection activeCell="E20" sqref="E20:Y20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="133.253" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="17.567" bestFit="true" customWidth="true" style="0"/>
@@ -821,1130 +863,1430 @@
       </c>
       <c r="T1" s="2" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="2" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="2" spans="1:25">
       <c r="A2" s="5">
         <v>1</v>
       </c>
       <c r="B2" s="5">
-        <v>54175905</v>
+        <v>54175907</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>25</v>
       </c>
       <c r="D2" s="6">
-        <v>7810500</v>
+        <v>1989000</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I2" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L2" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="N2" s="5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="O2" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="P2" s="4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="Q2" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R2" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="S2" s="5" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="T2" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="U2" s="4"/>
       <c r="V2" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W2" s="4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X2" s="4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="Y2" s="4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="3" spans="1:25">
       <c r="A3" s="5">
         <v>2</v>
       </c>
       <c r="B3" s="5">
-        <v>54175907</v>
+        <v>59089905</v>
       </c>
       <c r="C3" s="4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D3" s="6">
-        <v>1989000</v>
+        <v>390150</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F3" s="4" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="G3" s="4" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="H3" s="5" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="L3" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="N3" s="5" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="O3" s="5" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="P3" s="4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="Q3" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R3" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="S3" s="5" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="T3" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="U3" s="4"/>
       <c r="V3" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W3" s="4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X3" s="4" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="Y3" s="4" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:25">
       <c r="A4" s="5">
         <v>3</v>
       </c>
       <c r="B4" s="5">
-        <v>59089905</v>
+        <v>60183877</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D4" s="6">
-        <v>390150</v>
+        <v>5534100</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="F4" s="4" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="G4" s="4" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="L4" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="N4" s="5" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="O4" s="5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="P4" s="4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="Q4" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R4" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="S4" s="5" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="T4" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="U4" s="4"/>
       <c r="V4" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W4" s="4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X4" s="4" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Y4" s="4" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:25">
       <c r="A5" s="5">
         <v>4</v>
       </c>
       <c r="B5" s="5">
-        <v>60183877</v>
+        <v>60184271</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D5" s="6">
-        <v>5534100</v>
+        <v>4748900</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="L5" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="N5" s="5" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="O5" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P5" s="4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="Q5" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R5" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="S5" s="5" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="T5" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="U5" s="4"/>
       <c r="V5" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W5" s="4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X5" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="Y5" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:25">
       <c r="A6" s="5">
         <v>5</v>
       </c>
       <c r="B6" s="5">
-        <v>60184271</v>
+        <v>60184318</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D6" s="6">
-        <v>4748900</v>
+        <v>360000</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="G6" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L6" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="N6" s="5" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="O6" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P6" s="4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="Q6" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R6" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="S6" s="5" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="T6" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="U6" s="4"/>
       <c r="V6" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W6" s="4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X6" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Y6" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:25">
       <c r="A7" s="5">
         <v>6</v>
       </c>
       <c r="B7" s="5">
-        <v>60184291</v>
+        <v>60184526</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D7" s="6">
-        <v>15500000</v>
+        <v>573000</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L7" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="N7" s="5" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="O7" s="5" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="P7" s="4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="Q7" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R7" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="S7" s="5" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="T7" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="U7" s="4"/>
       <c r="V7" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W7" s="4" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="X7" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="Y7" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:25">
       <c r="A8" s="5">
         <v>7</v>
       </c>
       <c r="B8" s="5">
-        <v>60184318</v>
+        <v>60184654</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D8" s="6">
-        <v>360000</v>
+        <v>2664000</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F8" s="4" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="G8" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="L8" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="N8" s="5" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="O8" s="5" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="P8" s="4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="Q8" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R8" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="S8" s="5" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="T8" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="U8" s="4"/>
       <c r="V8" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W8" s="4" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="X8" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="Y8" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:25">
       <c r="A9" s="5">
         <v>8</v>
       </c>
       <c r="B9" s="5">
-        <v>60184526</v>
+        <v>60866387</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D9" s="6">
-        <v>573000</v>
+        <v>3647000</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F9" s="4" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="L9" s="5" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="N9" s="5" t="s">
-        <v>44</v>
+        <v>74</v>
       </c>
       <c r="O9" s="5" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="P9" s="4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="Q9" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R9" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="S9" s="5" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="T9" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="U9" s="4"/>
       <c r="V9" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W9" s="4" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="X9" s="4" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="Y9" s="4" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:25">
       <c r="A10" s="5">
         <v>9</v>
       </c>
       <c r="B10" s="5">
-        <v>60184654</v>
+        <v>60866847</v>
       </c>
       <c r="C10" s="4" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="D10" s="6">
-        <v>2664000</v>
+        <v>34770000</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G10" s="4" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="L10" s="5" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="N10" s="5" t="s">
-        <v>44</v>
+        <v>74</v>
       </c>
       <c r="O10" s="5" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="P10" s="4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="Q10" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R10" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="S10" s="5" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="T10" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="U10" s="4"/>
       <c r="V10" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W10" s="4" t="s">
-        <v>76</v>
+        <v>41</v>
       </c>
       <c r="X10" s="4" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="Y10" s="4" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:25">
       <c r="A11" s="5">
         <v>10</v>
       </c>
       <c r="B11" s="5">
-        <v>60184759</v>
+        <v>60867313</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="D11" s="6">
-        <v>7899300</v>
+        <v>46275000</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G11" s="4" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="L11" s="5" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="N11" s="5" t="s">
-        <v>44</v>
+        <v>74</v>
       </c>
       <c r="O11" s="5" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="P11" s="4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="Q11" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R11" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="S11" s="5" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="T11" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="U11" s="4"/>
       <c r="V11" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W11" s="4" t="s">
-        <v>80</v>
+        <v>41</v>
       </c>
       <c r="X11" s="4" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="Y11" s="4" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="12" spans="1:25">
       <c r="A12" s="5">
         <v>11</v>
       </c>
       <c r="B12" s="5">
-        <v>60866387</v>
+        <v>60867333</v>
       </c>
       <c r="C12" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="D12" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="E12" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G12" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="J12" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K12" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="L12" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="M12" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="N12" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="O12" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="D12" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="P12" s="4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="Q12" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R12" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="S12" s="5" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="T12" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="U12" s="4"/>
       <c r="V12" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W12" s="4" t="s">
-        <v>87</v>
+        <v>41</v>
       </c>
       <c r="X12" s="4" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="Y12" s="4" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
     </row>
     <row r="13" spans="1:25">
       <c r="A13" s="5">
         <v>12</v>
       </c>
       <c r="B13" s="5">
-        <v>60866847</v>
+        <v>61848070</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="D13" s="6">
-        <v>34770000</v>
+        <v>15115000</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G13" s="4" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="L13" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="N13" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O13" s="5" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="P13" s="4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="Q13" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R13" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="S13" s="5" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="T13" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="U13" s="4"/>
       <c r="V13" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W13" s="4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X13" s="4" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="Y13" s="4" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
     </row>
     <row r="14" spans="1:25">
       <c r="A14" s="5">
         <v>13</v>
       </c>
       <c r="B14" s="5">
-        <v>60867313</v>
+        <v>61848104</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="D14" s="6">
-        <v>46275000</v>
+        <v>385000</v>
       </c>
       <c r="E14" s="4" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F14" s="4" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="G14" s="4" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="L14" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="N14" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O14" s="5" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="P14" s="4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="Q14" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R14" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="S14" s="5" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="T14" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="U14" s="4"/>
       <c r="V14" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W14" s="4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X14" s="4" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="Y14" s="4" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
     </row>
     <row r="15" spans="1:25">
       <c r="A15" s="5">
         <v>14</v>
       </c>
       <c r="B15" s="5">
-        <v>60867333</v>
+        <v>61848592</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>63</v>
+        <v>90</v>
       </c>
       <c r="D15" s="6">
-        <v>2000000</v>
+        <v>6867600</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F15" s="4" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="G15" s="4" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K15" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L15" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="N15" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O15" s="5" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="P15" s="4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="Q15" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="R15" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="S15" s="5" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="T15" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="U15" s="4"/>
       <c r="V15" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W15" s="4" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="X15" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y15" s="4" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="16" spans="1:25">
-      <c r="A16" s="7" t="s">
+      <c r="A16" s="5">
+        <v>15</v>
+      </c>
+      <c r="B16" s="5">
+        <v>61848800</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="D16" s="6">
+        <v>86400</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="F16" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G16" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H16" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="J16" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K16" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L16" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="M16" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="N16" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="O16" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="P16" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q16" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="R16" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="S16" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="T16" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="U16" s="4"/>
+      <c r="V16" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="W16" s="4" t="s">
         <v>96</v>
       </c>
-      <c r="B16" s="8"/>
-[...24 lines deleted...]
-      <c r="Y16" s="8"/>
+      <c r="X16" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="Y16" s="4" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="17" spans="1:25">
+      <c r="A17" s="5">
+        <v>16</v>
+      </c>
+      <c r="B17" s="5">
+        <v>61849303</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="D17" s="6">
+        <v>2645400</v>
+      </c>
+      <c r="E17" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F17" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G17" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H17" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="J17" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K17" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="L17" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="M17" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="N17" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="O17" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="P17" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q17" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="R17" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="S17" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="T17" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="U17" s="4"/>
+      <c r="V17" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="W17" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="X17" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y17" s="4" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="18" spans="1:25">
+      <c r="A18" s="5">
+        <v>17</v>
+      </c>
+      <c r="B18" s="5">
+        <v>61849525</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="D18" s="6">
+        <v>5105800</v>
+      </c>
+      <c r="E18" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F18" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G18" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="K18" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="L18" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="M18" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="N18" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="O18" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="P18" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q18" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="R18" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="S18" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="T18" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="U18" s="4"/>
+      <c r="V18" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="W18" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="X18" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="Y18" s="4" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="19" spans="1:25">
+      <c r="A19" s="5">
+        <v>18</v>
+      </c>
+      <c r="B19" s="5">
+        <v>61849553</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="D19" s="6">
+        <v>940400</v>
+      </c>
+      <c r="E19" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="F19" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G19" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K19" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L19" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="M19" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="N19" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="O19" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="P19" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q19" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="R19" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="S19" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="T19" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="U19" s="4"/>
+      <c r="V19" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="W19" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="X19" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="Y19" s="4" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="20" spans="1:25">
+      <c r="A20" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B20" s="8"/>
+      <c r="C20" s="8"/>
+      <c r="D20" s="9">
+        <v>134096750</v>
+      </c>
+      <c r="E20" s="8"/>
+      <c r="F20" s="8"/>
+      <c r="G20" s="8"/>
+      <c r="H20" s="8"/>
+      <c r="I20" s="8"/>
+      <c r="J20" s="8"/>
+      <c r="K20" s="8"/>
+      <c r="L20" s="8"/>
+      <c r="M20" s="8"/>
+      <c r="N20" s="8"/>
+      <c r="O20" s="8"/>
+      <c r="P20" s="8"/>
+      <c r="Q20" s="8"/>
+      <c r="R20" s="8"/>
+      <c r="S20" s="8"/>
+      <c r="T20" s="8"/>
+      <c r="U20" s="8"/>
+      <c r="V20" s="8"/>
+      <c r="W20" s="8"/>
+      <c r="X20" s="8"/>
+      <c r="Y20" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A16:C16"/>
-    <mergeCell ref="E16:Y16"/>
+    <mergeCell ref="A20:C20"/>
+    <mergeCell ref="E20:Y20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>