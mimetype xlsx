--- v0 (2025-10-13)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Etalase</t>
   </si>
   <si>
     <t>Produk</t>
   </si>
   <si>
     <t>Harga</t>
   </si>
   <si>
     <t>Jumlah</t>
   </si>
   <si>
     <t>Ongkos Kirim</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Penyedia</t>
   </si>
   <si>
@@ -150,56 +150,50 @@
     <t>PT. STANDARD BIOSENSOR HEALTHCARE</t>
   </si>
   <si>
     <t>ONECARE Reagen Widal S.Paratyphi AO</t>
   </si>
   <si>
     <t>PT. SENTRAL MEDIKA INDONESIA</t>
   </si>
   <si>
     <t>ONECARE Reagen Widal S.Paratyphi BO</t>
   </si>
   <si>
     <t>ONECARE Reagen Widal S.typhi O</t>
   </si>
   <si>
     <t>ONECARE Reagen Widal S.typhi H</t>
   </si>
   <si>
     <t>ONECARE Reagen Anti A Monoclonal</t>
   </si>
   <si>
     <t>ONECARE Reagen Anti B Monoclonal</t>
   </si>
   <si>
     <t>Obat Non Jaminan Kesehatan</t>
-  </si>
-[...4 lines deleted...]
-    <t>PT. MOLEX AYUS</t>
   </si>
   <si>
     <t>AMBROXOL HCI tablet</t>
   </si>
   <si>
     <t>PT NOVAPHARIN</t>
   </si>
   <si>
     <t>Konsolidasi Obat</t>
   </si>
   <si>
     <t>Alopurinol tab 100 mg</t>
   </si>
   <si>
     <t>PT.Imfarmind Farmasi Industri</t>
   </si>
   <si>
     <t>Antasida tab kunyah</t>
   </si>
   <si>
     <t>1370L ESPE FILTEK Z250 UNIVERSAL RESTORATIVE</t>
   </si>
   <si>
     <t>PT. COBRA DENTAL INDONESIA</t>
   </si>
@@ -719,54 +713,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H70"/>
+  <dimension ref="A1:H69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H70" sqref="H70"/>
+      <selection activeCell="H69" sqref="H69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="120.256" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="39.99" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
@@ -1554,1044 +1548,1018 @@
       </c>
       <c r="E31" s="7">
         <v>5.0</v>
       </c>
       <c r="F31" s="7">
         <v>0.0</v>
       </c>
       <c r="G31" s="7">
         <v>499500.0</v>
       </c>
       <c r="H31" s="5" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="6">
         <v>31</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>45</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>46</v>
       </c>
       <c r="D32" s="7">
-        <v>500.0</v>
+        <v>128.0</v>
       </c>
       <c r="E32" s="7">
-        <v>6900.0</v>
+        <v>20000.0</v>
       </c>
       <c r="F32" s="7">
         <v>0.0</v>
       </c>
       <c r="G32" s="7">
-        <v>3450000.0</v>
+        <v>2560000.0</v>
       </c>
       <c r="H32" s="5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="6">
         <v>32</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D33" s="7">
-        <v>128.0</v>
+        <v>155.0</v>
       </c>
       <c r="E33" s="7">
-        <v>20000.0</v>
+        <v>6000.0</v>
       </c>
       <c r="F33" s="7">
         <v>0.0</v>
       </c>
       <c r="G33" s="7">
-        <v>2560000.0</v>
+        <v>930000.0</v>
       </c>
       <c r="H33" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="6">
         <v>33</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>51</v>
       </c>
       <c r="D34" s="7">
-        <v>155.0</v>
+        <v>90.0</v>
       </c>
       <c r="E34" s="7">
-        <v>6000.0</v>
+        <v>90000.0</v>
       </c>
       <c r="F34" s="7">
         <v>0.0</v>
       </c>
       <c r="G34" s="7">
-        <v>930000.0</v>
+        <v>8100000.0</v>
       </c>
       <c r="H34" s="5" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="6">
         <v>34</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="C35" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D35" s="7">
+        <v>3805400.0</v>
+      </c>
+      <c r="E35" s="7">
+        <v>3.0</v>
+      </c>
+      <c r="F35" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G35" s="7">
+        <v>11416200.0</v>
+      </c>
+      <c r="H35" s="5" t="s">
         <v>53</v>
-      </c>
-[...13 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="6">
         <v>35</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>54</v>
       </c>
       <c r="D36" s="7">
-        <v>3805400.0</v>
+        <v>22900.0</v>
       </c>
       <c r="E36" s="7">
-        <v>3.0</v>
+        <v>10.0</v>
       </c>
       <c r="F36" s="7">
         <v>0.0</v>
       </c>
       <c r="G36" s="7">
-        <v>11416200.0</v>
+        <v>229000.0</v>
       </c>
       <c r="H36" s="5" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="6">
         <v>36</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="D37" s="7">
-        <v>22900.0</v>
+        <v>66600.0</v>
       </c>
       <c r="E37" s="7">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
       <c r="F37" s="7">
         <v>0.0</v>
       </c>
       <c r="G37" s="7">
-        <v>229000.0</v>
+        <v>266400.0</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="6">
         <v>37</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D38" s="7">
-        <v>66600.0</v>
+        <v>44400.0</v>
       </c>
       <c r="E38" s="7">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="F38" s="7">
         <v>0.0</v>
       </c>
       <c r="G38" s="7">
-        <v>266400.0</v>
+        <v>44400.0</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="6">
         <v>38</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D39" s="7">
-        <v>44400.0</v>
+        <v>94350.0</v>
       </c>
       <c r="E39" s="7">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="F39" s="7">
         <v>0.0</v>
       </c>
       <c r="G39" s="7">
-        <v>44400.0</v>
+        <v>471750.0</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="6">
         <v>39</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>8</v>
+        <v>58</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D40" s="7">
-        <v>94350.0</v>
+        <v>337000.0</v>
       </c>
       <c r="E40" s="7">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="F40" s="7">
         <v>0.0</v>
       </c>
       <c r="G40" s="7">
-        <v>471750.0</v>
+        <v>674000.0</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="6">
         <v>40</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D41" s="7">
-        <v>337000.0</v>
+        <v>95.0</v>
       </c>
       <c r="E41" s="7">
-        <v>2.0</v>
+        <v>40000.0</v>
       </c>
       <c r="F41" s="7">
         <v>0.0</v>
       </c>
       <c r="G41" s="7">
-        <v>674000.0</v>
+        <v>3800000.0</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="6">
         <v>41</v>
       </c>
       <c r="B42" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C42" s="5" t="s">
         <v>63</v>
       </c>
-      <c r="C42" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D42" s="7">
-        <v>95.0</v>
+        <v>240.0</v>
       </c>
       <c r="E42" s="7">
-        <v>40000.0</v>
+        <v>75000.0</v>
       </c>
       <c r="F42" s="7">
         <v>0.0</v>
       </c>
       <c r="G42" s="7">
-        <v>3800000.0</v>
+        <v>18000000.0</v>
       </c>
       <c r="H42" s="5" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="6">
         <v>42</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D43" s="7">
-        <v>240.0</v>
+        <v>477.0</v>
       </c>
       <c r="E43" s="7">
-        <v>75000.0</v>
+        <v>85000.0</v>
       </c>
       <c r="F43" s="7">
         <v>0.0</v>
       </c>
       <c r="G43" s="7">
-        <v>18000000.0</v>
+        <v>40545000.0</v>
       </c>
       <c r="H43" s="5" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="6">
         <v>43</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D44" s="7">
-        <v>477.0</v>
+        <v>209.0</v>
       </c>
       <c r="E44" s="7">
-        <v>85000.0</v>
+        <v>25000.0</v>
       </c>
       <c r="F44" s="7">
         <v>0.0</v>
       </c>
       <c r="G44" s="7">
-        <v>40545000.0</v>
+        <v>5225000.0</v>
       </c>
       <c r="H44" s="5" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="6">
         <v>44</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="D45" s="7">
-        <v>209.0</v>
+        <v>224.0</v>
       </c>
       <c r="E45" s="7">
-        <v>25000.0</v>
+        <v>5000.0</v>
       </c>
       <c r="F45" s="7">
         <v>0.0</v>
       </c>
       <c r="G45" s="7">
-        <v>5225000.0</v>
+        <v>1120000.0</v>
       </c>
       <c r="H45" s="5" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="6">
         <v>45</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D46" s="7">
-        <v>224.0</v>
+        <v>81.0</v>
       </c>
       <c r="E46" s="7">
-        <v>5000.0</v>
+        <v>40000.0</v>
       </c>
       <c r="F46" s="7">
         <v>0.0</v>
       </c>
       <c r="G46" s="7">
-        <v>1120000.0</v>
+        <v>3240000.0</v>
       </c>
       <c r="H46" s="5" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="6">
         <v>46</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C47" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D47" s="7">
+        <v>3449.0</v>
+      </c>
+      <c r="E47" s="7">
+        <v>900.0</v>
+      </c>
+      <c r="F47" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G47" s="7">
+        <v>3104100.0</v>
+      </c>
+      <c r="H47" s="5" t="s">
         <v>69</v>
-      </c>
-[...13 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="6">
         <v>47</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>70</v>
       </c>
       <c r="D48" s="7">
-        <v>3449.0</v>
+        <v>8000.0</v>
       </c>
       <c r="E48" s="7">
-        <v>900.0</v>
+        <v>1000.0</v>
       </c>
       <c r="F48" s="7">
         <v>0.0</v>
       </c>
       <c r="G48" s="7">
-        <v>3104100.0</v>
+        <v>8000000.0</v>
       </c>
       <c r="H48" s="5" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="6">
         <v>48</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>72</v>
       </c>
       <c r="D49" s="7">
-        <v>8000.0</v>
+        <v>7673.0</v>
       </c>
       <c r="E49" s="7">
-        <v>1000.0</v>
+        <v>50.0</v>
       </c>
       <c r="F49" s="7">
         <v>0.0</v>
       </c>
       <c r="G49" s="7">
-        <v>8000000.0</v>
+        <v>383650.0</v>
       </c>
       <c r="H49" s="5" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="6">
         <v>49</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D50" s="7">
-        <v>7673.0</v>
+        <v>142.0</v>
       </c>
       <c r="E50" s="7">
-        <v>50.0</v>
+        <v>40000.0</v>
       </c>
       <c r="F50" s="7">
         <v>0.0</v>
       </c>
       <c r="G50" s="7">
-        <v>383650.0</v>
+        <v>5680000.0</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="6">
         <v>50</v>
       </c>
       <c r="B51" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="C51" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="C51" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51" s="7">
-        <v>142.0</v>
+        <v>131.0</v>
       </c>
       <c r="E51" s="7">
-        <v>40000.0</v>
+        <v>20000.0</v>
       </c>
       <c r="F51" s="7">
         <v>0.0</v>
       </c>
       <c r="G51" s="7">
-        <v>5680000.0</v>
+        <v>2620000.0</v>
       </c>
       <c r="H51" s="5" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="6">
         <v>51</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D52" s="7">
-        <v>131.0</v>
+        <v>81.0</v>
       </c>
       <c r="E52" s="7">
-        <v>20000.0</v>
+        <v>5000.0</v>
       </c>
       <c r="F52" s="7">
         <v>0.0</v>
       </c>
       <c r="G52" s="7">
-        <v>2620000.0</v>
+        <v>405000.0</v>
       </c>
       <c r="H52" s="5" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="6">
         <v>52</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C53" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="D53" s="7">
+        <v>39250.0</v>
+      </c>
+      <c r="E53" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="F53" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G53" s="7">
+        <v>1570000.0</v>
+      </c>
+      <c r="H53" s="5" t="s">
         <v>78</v>
-      </c>
-[...13 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="6">
         <v>53</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>75</v>
+        <v>61</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>79</v>
       </c>
       <c r="D54" s="7">
-        <v>39250.0</v>
+        <v>1942.0</v>
       </c>
       <c r="E54" s="7">
-        <v>40.0</v>
+        <v>650.0</v>
       </c>
       <c r="F54" s="7">
         <v>0.0</v>
       </c>
       <c r="G54" s="7">
-        <v>1570000.0</v>
+        <v>1262300.0</v>
       </c>
       <c r="H54" s="5" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="6">
         <v>54</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>81</v>
       </c>
       <c r="D55" s="7">
-        <v>1942.0</v>
+        <v>549.0</v>
       </c>
       <c r="E55" s="7">
-        <v>650.0</v>
+        <v>45000.0</v>
       </c>
       <c r="F55" s="7">
         <v>0.0</v>
       </c>
       <c r="G55" s="7">
-        <v>1262300.0</v>
+        <v>24705000.0</v>
       </c>
       <c r="H55" s="5" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="6">
         <v>55</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="D56" s="7">
-        <v>549.0</v>
+        <v>300.0</v>
       </c>
       <c r="E56" s="7">
-        <v>45000.0</v>
+        <v>10000.0</v>
       </c>
       <c r="F56" s="7">
         <v>0.0</v>
       </c>
       <c r="G56" s="7">
-        <v>24705000.0</v>
+        <v>3000000.0</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="6">
         <v>56</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="D57" s="7">
-        <v>300.0</v>
+        <v>323.0</v>
       </c>
       <c r="E57" s="7">
         <v>10000.0</v>
       </c>
       <c r="F57" s="7">
         <v>0.0</v>
       </c>
       <c r="G57" s="7">
-        <v>3000000.0</v>
+        <v>3230000.0</v>
       </c>
       <c r="H57" s="5" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="6">
         <v>57</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C58" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="D58" s="7">
+        <v>2309.0</v>
+      </c>
+      <c r="E58" s="7">
+        <v>1000.0</v>
+      </c>
+      <c r="F58" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G58" s="7">
+        <v>2309000.0</v>
+      </c>
+      <c r="H58" s="5" t="s">
         <v>85</v>
-      </c>
-[...13 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="6">
         <v>58</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>86</v>
       </c>
       <c r="D59" s="7">
-        <v>2309.0</v>
+        <v>9435.0</v>
       </c>
       <c r="E59" s="7">
-        <v>1000.0</v>
+        <v>700.0</v>
       </c>
       <c r="F59" s="7">
         <v>0.0</v>
       </c>
       <c r="G59" s="7">
-        <v>2309000.0</v>
+        <v>6604500.0</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="6">
         <v>59</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D60" s="7">
-        <v>9435.0</v>
+        <v>9990.0</v>
       </c>
       <c r="E60" s="7">
-        <v>700.0</v>
+        <v>900.0</v>
       </c>
       <c r="F60" s="7">
         <v>0.0</v>
       </c>
       <c r="G60" s="7">
-        <v>6604500.0</v>
+        <v>8991000.0</v>
       </c>
       <c r="H60" s="5" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="6">
         <v>60</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C61" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="D61" s="7">
+        <v>140.0</v>
+      </c>
+      <c r="E61" s="7">
+        <v>13000.0</v>
+      </c>
+      <c r="F61" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G61" s="7">
+        <v>1820000.0</v>
+      </c>
+      <c r="H61" s="5" t="s">
         <v>89</v>
-      </c>
-[...13 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="6">
         <v>61</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>90</v>
       </c>
       <c r="D62" s="7">
-        <v>140.0</v>
+        <v>125.0</v>
       </c>
       <c r="E62" s="7">
-        <v>13000.0</v>
+        <v>40000.0</v>
       </c>
       <c r="F62" s="7">
         <v>0.0</v>
       </c>
       <c r="G62" s="7">
-        <v>1820000.0</v>
+        <v>5000000.0</v>
       </c>
       <c r="H62" s="5" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="6">
         <v>62</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="D63" s="7">
-        <v>125.0</v>
+        <v>95.0</v>
       </c>
       <c r="E63" s="7">
-        <v>40000.0</v>
+        <v>20000.0</v>
       </c>
       <c r="F63" s="7">
         <v>0.0</v>
       </c>
       <c r="G63" s="7">
-        <v>5000000.0</v>
+        <v>1900000.0</v>
       </c>
       <c r="H63" s="5" t="s">
-        <v>91</v>
+        <v>50</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="6">
         <v>63</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="C64" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="D64" s="7">
+        <v>39.0</v>
+      </c>
+      <c r="E64" s="7">
+        <v>50000.0</v>
+      </c>
+      <c r="F64" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G64" s="7">
+        <v>1950000.0</v>
+      </c>
+      <c r="H64" s="5" t="s">
         <v>93</v>
-      </c>
-[...13 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="6">
         <v>64</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D65" s="7">
-        <v>39.0</v>
+        <v>100.0</v>
       </c>
       <c r="E65" s="7">
-        <v>50000.0</v>
+        <v>100000.0</v>
       </c>
       <c r="F65" s="7">
         <v>0.0</v>
       </c>
       <c r="G65" s="7">
-        <v>1950000.0</v>
+        <v>10000000.0</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="6">
         <v>65</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D66" s="7">
-        <v>100.0</v>
+        <v>72150.0</v>
       </c>
       <c r="E66" s="7">
-        <v>100000.0</v>
+        <v>2.0</v>
       </c>
       <c r="F66" s="7">
         <v>0.0</v>
       </c>
       <c r="G66" s="7">
-        <v>10000000.0</v>
+        <v>144300.0</v>
       </c>
       <c r="H66" s="5" t="s">
-        <v>95</v>
+        <v>53</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="6">
         <v>66</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="D67" s="7">
-        <v>72150.0</v>
+        <v>222000.0</v>
       </c>
       <c r="E67" s="7">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="F67" s="7">
         <v>0.0</v>
       </c>
       <c r="G67" s="7">
-        <v>144300.0</v>
+        <v>666000.0</v>
       </c>
       <c r="H67" s="5" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="6">
         <v>67</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="D68" s="7">
-        <v>222000.0</v>
+        <v>205350.0</v>
       </c>
       <c r="E68" s="7">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="F68" s="7">
         <v>0.0</v>
       </c>
       <c r="G68" s="7">
-        <v>666000.0</v>
+        <v>205350.0</v>
       </c>
       <c r="H68" s="5" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="69" spans="1:8">
-      <c r="A69" s="6">
-[...25 lines deleted...]
-      <c r="A70" s="8" t="s">
+      <c r="A69" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="B70" s="9"/>
-[...7 lines deleted...]
-      <c r="H70" s="11"/>
+      <c r="B69" s="9"/>
+      <c r="C69" s="9"/>
+      <c r="D69" s="9"/>
+      <c r="E69" s="9"/>
+      <c r="F69" s="9"/>
+      <c r="G69" s="10">
+        <v>257660684</v>
+      </c>
+      <c r="H69" s="11"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A70:F70"/>
+    <mergeCell ref="A69:F69"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>