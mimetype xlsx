--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -2350,51 +2350,51 @@
         <v>118</v>
       </c>
       <c r="C117" s="5">
         <v>626736480</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="4">
         <v>117</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C118" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="4">
         <v>118</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C119" s="5">
-        <v>777470000.5</v>
+        <v>774020000.5</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="4">
         <v>119</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C120" s="5">
         <v>1139100</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="4">
         <v>120</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C121" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:3">
@@ -3294,51 +3294,51 @@
       </c>
       <c r="B203" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C203" s="5">
         <v>350000</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="4">
         <v>203</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C204" s="5">
         <v>16560000</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="6" t="s">
         <v>206</v>
       </c>
       <c r="B205" s="7"/>
       <c r="C205" s="8">
-        <v>225882500094.09</v>
+        <v>225879050094.09</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A205:B205"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>