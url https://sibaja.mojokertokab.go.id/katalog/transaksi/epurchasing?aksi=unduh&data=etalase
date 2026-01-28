--- v1 (2025-12-02)
+++ v2 (2026-01-28)
@@ -12,668 +12,59 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Nama</t>
   </si>
   <si>
     <t>Jumlah</t>
-  </si>
-[...607 lines deleted...]
-    <t>Bahan Latihan Kerja Provinsi Jawa Timur</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1040,2305 +431,1899 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C205"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C205" sqref="C205"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="127.255" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="4">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B2" s="3"/>
       <c r="C2" s="5">
-        <v>4632668591</v>
+        <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="4">
         <v>2</v>
       </c>
-      <c r="B3" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B3" s="3"/>
       <c r="C3" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="4">
         <v>3</v>
       </c>
-      <c r="B4" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B4" s="3"/>
       <c r="C4" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="4">
         <v>4</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B5" s="3"/>
       <c r="C5" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="4">
         <v>5</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B6" s="3"/>
       <c r="C6" s="5">
-        <v>12594291</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="4">
         <v>6</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B7" s="3"/>
       <c r="C7" s="5">
-        <v>250000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="4">
         <v>7</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B8" s="3"/>
       <c r="C8" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="4">
         <v>8</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B9" s="3"/>
       <c r="C9" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="4">
         <v>9</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B10" s="3"/>
       <c r="C10" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="4">
         <v>10</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B11" s="3"/>
       <c r="C11" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="4">
         <v>11</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B12" s="3"/>
       <c r="C12" s="5">
-        <v>21840367600.06</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="4">
         <v>12</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B13" s="3"/>
       <c r="C13" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="4">
         <v>13</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B14" s="3"/>
       <c r="C14" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="4">
         <v>14</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B15" s="3"/>
       <c r="C15" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="4">
         <v>15</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B16" s="3"/>
       <c r="C16" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="4">
         <v>16</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B17" s="3"/>
       <c r="C17" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="4">
         <v>17</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B18" s="3"/>
       <c r="C18" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="4">
         <v>18</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B19" s="3"/>
       <c r="C19" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="4">
         <v>19</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B20" s="3"/>
       <c r="C20" s="5">
-        <v>762522316</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="4">
         <v>20</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B21" s="3"/>
       <c r="C21" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="4">
         <v>21</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B22" s="3"/>
       <c r="C22" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="4">
         <v>22</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B23" s="3"/>
       <c r="C23" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="4">
         <v>23</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B24" s="3"/>
       <c r="C24" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="4">
         <v>24</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B25" s="3"/>
       <c r="C25" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="4">
         <v>25</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B26" s="3"/>
       <c r="C26" s="5">
-        <v>1065174530</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="4">
         <v>26</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B27" s="3"/>
       <c r="C27" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="4">
         <v>27</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B28" s="3"/>
       <c r="C28" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="4">
         <v>28</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B29" s="3"/>
       <c r="C29" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="4">
         <v>29</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B30" s="3"/>
       <c r="C30" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="4">
         <v>30</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B31" s="3"/>
       <c r="C31" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="4">
         <v>31</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B32" s="3"/>
       <c r="C32" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="4">
         <v>32</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B33" s="3"/>
       <c r="C33" s="5">
-        <v>1768241810</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="4">
         <v>33</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B34" s="3"/>
       <c r="C34" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="4">
         <v>34</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B35" s="3"/>
       <c r="C35" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="4">
         <v>35</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B36" s="3"/>
       <c r="C36" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="4">
         <v>36</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B37" s="3"/>
       <c r="C37" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="4">
         <v>37</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B38" s="3"/>
       <c r="C38" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="4">
         <v>38</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B39" s="3"/>
       <c r="C39" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="4">
         <v>39</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B40" s="3"/>
       <c r="C40" s="5">
-        <v>38160000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="4">
         <v>40</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B41" s="3"/>
       <c r="C41" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="4">
         <v>41</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B42" s="3"/>
       <c r="C42" s="5">
-        <v>9450000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="4">
         <v>42</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B43" s="3"/>
       <c r="C43" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="4">
         <v>43</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B44" s="3"/>
       <c r="C44" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="4">
         <v>44</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B45" s="3"/>
       <c r="C45" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="4">
         <v>45</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B46" s="3"/>
       <c r="C46" s="5">
-        <v>37717758</v>
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="4">
         <v>46</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B47" s="3"/>
       <c r="C47" s="5">
-        <v>220007000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="4">
         <v>47</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B48" s="3"/>
       <c r="C48" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="4">
         <v>48</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B49" s="3"/>
       <c r="C49" s="5">
-        <v>3986010</v>
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="4">
         <v>49</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B50" s="3"/>
       <c r="C50" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="4">
         <v>50</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B51" s="3"/>
       <c r="C51" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="4">
         <v>51</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B52" s="3"/>
       <c r="C52" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="4">
         <v>52</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B53" s="3"/>
       <c r="C53" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="4">
         <v>53</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B54" s="3"/>
       <c r="C54" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="4">
         <v>54</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B55" s="3"/>
       <c r="C55" s="5">
-        <v>3064800</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="4">
         <v>55</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B56" s="3"/>
       <c r="C56" s="5">
-        <v>48125000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="4">
         <v>56</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B57" s="3"/>
       <c r="C57" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="4">
         <v>57</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B58" s="3"/>
       <c r="C58" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="4">
         <v>58</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B59" s="3"/>
       <c r="C59" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="4">
         <v>59</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B60" s="3"/>
       <c r="C60" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="4">
         <v>60</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B61" s="3"/>
       <c r="C61" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="4">
         <v>61</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B62" s="3"/>
       <c r="C62" s="5">
-        <v>252769900</v>
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="4">
         <v>62</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B63" s="3"/>
       <c r="C63" s="5">
-        <v>130312500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="4">
         <v>63</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B64" s="3"/>
       <c r="C64" s="5">
-        <v>4660191305.4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="4">
         <v>64</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B65" s="3"/>
       <c r="C65" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="4">
         <v>65</v>
       </c>
-      <c r="B66" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B66" s="3"/>
       <c r="C66" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="4">
         <v>66</v>
       </c>
-      <c r="B67" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B67" s="3"/>
       <c r="C67" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="4">
         <v>67</v>
       </c>
-      <c r="B68" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B68" s="3"/>
       <c r="C68" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="4">
         <v>68</v>
       </c>
-      <c r="B69" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B69" s="3"/>
       <c r="C69" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="4">
         <v>69</v>
       </c>
-      <c r="B70" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B70" s="3"/>
       <c r="C70" s="5">
-        <v>17386000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="4">
         <v>70</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B71" s="3"/>
       <c r="C71" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="4">
         <v>71</v>
       </c>
-      <c r="B72" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B72" s="3"/>
       <c r="C72" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="4">
         <v>72</v>
       </c>
-      <c r="B73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B73" s="3"/>
       <c r="C73" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="4">
         <v>73</v>
       </c>
-      <c r="B74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B74" s="3"/>
       <c r="C74" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="4">
         <v>74</v>
       </c>
-      <c r="B75" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B75" s="3"/>
       <c r="C75" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="4">
         <v>75</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B76" s="3"/>
       <c r="C76" s="5">
-        <v>199998000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="4">
         <v>76</v>
       </c>
-      <c r="B77" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B77" s="3"/>
       <c r="C77" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="4">
         <v>77</v>
       </c>
-      <c r="B78" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B78" s="3"/>
       <c r="C78" s="5">
-        <v>2925000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="4">
         <v>78</v>
       </c>
-      <c r="B79" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B79" s="3"/>
       <c r="C79" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="4">
         <v>79</v>
       </c>
-      <c r="B80" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B80" s="3"/>
       <c r="C80" s="5">
-        <v>67928750</v>
+        <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="4">
         <v>80</v>
       </c>
-      <c r="B81" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B81" s="3"/>
       <c r="C81" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="4">
         <v>81</v>
       </c>
-      <c r="B82" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B82" s="3"/>
       <c r="C82" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="4">
         <v>82</v>
       </c>
-      <c r="B83" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B83" s="3"/>
       <c r="C83" s="5">
-        <v>268336300</v>
+        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="4">
         <v>83</v>
       </c>
-      <c r="B84" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B84" s="3"/>
       <c r="C84" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="4">
         <v>84</v>
       </c>
-      <c r="B85" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B85" s="3"/>
       <c r="C85" s="5">
-        <v>1700000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="4">
         <v>85</v>
       </c>
-      <c r="B86" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B86" s="3"/>
       <c r="C86" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="4">
         <v>86</v>
       </c>
-      <c r="B87" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B87" s="3"/>
       <c r="C87" s="5">
-        <v>1723000000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="4">
         <v>87</v>
       </c>
-      <c r="B88" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B88" s="3"/>
       <c r="C88" s="5">
-        <v>199200000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="4">
         <v>88</v>
       </c>
-      <c r="B89" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B89" s="3"/>
       <c r="C89" s="5">
-        <v>145000000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="4">
         <v>89</v>
       </c>
-      <c r="B90" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B90" s="3"/>
       <c r="C90" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="4">
         <v>90</v>
       </c>
-      <c r="B91" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B91" s="3"/>
       <c r="C91" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="4">
         <v>91</v>
       </c>
-      <c r="B92" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B92" s="3"/>
       <c r="C92" s="5">
-        <v>503337000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="4">
         <v>92</v>
       </c>
-      <c r="B93" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B93" s="3"/>
       <c r="C93" s="5">
-        <v>233756509</v>
+        <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="4">
         <v>93</v>
       </c>
-      <c r="B94" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B94" s="3"/>
       <c r="C94" s="5">
-        <v>312420000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="4">
         <v>94</v>
       </c>
-      <c r="B95" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B95" s="3"/>
       <c r="C95" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="4">
         <v>95</v>
       </c>
-      <c r="B96" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B96" s="3"/>
       <c r="C96" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="4">
         <v>96</v>
       </c>
-      <c r="B97" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B97" s="3"/>
       <c r="C97" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="4">
         <v>97</v>
       </c>
-      <c r="B98" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B98" s="3"/>
       <c r="C98" s="5">
-        <v>9990000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="4">
         <v>98</v>
       </c>
-      <c r="B99" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B99" s="3"/>
       <c r="C99" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="4">
         <v>99</v>
       </c>
-      <c r="B100" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B100" s="3"/>
       <c r="C100" s="5">
-        <v>154910250</v>
+        <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="4">
         <v>100</v>
       </c>
-      <c r="B101" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B101" s="3"/>
       <c r="C101" s="5">
-        <v>127953500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="4">
         <v>101</v>
       </c>
-      <c r="B102" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B102" s="3"/>
       <c r="C102" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="4">
         <v>102</v>
       </c>
-      <c r="B103" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B103" s="3"/>
       <c r="C103" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="4">
         <v>103</v>
       </c>
-      <c r="B104" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B104" s="3"/>
       <c r="C104" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="4">
         <v>104</v>
       </c>
-      <c r="B105" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B105" s="3"/>
       <c r="C105" s="5">
-        <v>14685000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="4">
         <v>105</v>
       </c>
-      <c r="B106" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B106" s="3"/>
       <c r="C106" s="5">
-        <v>1369800000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="4">
         <v>106</v>
       </c>
-      <c r="B107" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B107" s="3"/>
       <c r="C107" s="5">
-        <v>12500000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="4">
         <v>107</v>
       </c>
-      <c r="B108" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B108" s="3"/>
       <c r="C108" s="5">
-        <v>6399894000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="4">
         <v>108</v>
       </c>
-      <c r="B109" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B109" s="3"/>
       <c r="C109" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="4">
         <v>109</v>
       </c>
-      <c r="B110" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B110" s="3"/>
       <c r="C110" s="5">
-        <v>810646800</v>
+        <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="4">
         <v>110</v>
       </c>
-      <c r="B111" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B111" s="3"/>
       <c r="C111" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="4">
         <v>111</v>
       </c>
-      <c r="B112" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B112" s="3"/>
       <c r="C112" s="5">
-        <v>121457500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="4">
         <v>112</v>
       </c>
-      <c r="B113" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B113" s="3"/>
       <c r="C113" s="5">
-        <v>1754500000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="4">
         <v>113</v>
       </c>
-      <c r="B114" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B114" s="3"/>
       <c r="C114" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="4">
         <v>114</v>
       </c>
-      <c r="B115" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B115" s="3"/>
       <c r="C115" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="4">
         <v>115</v>
       </c>
-      <c r="B116" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B116" s="3"/>
       <c r="C116" s="5">
-        <v>10632040563.01</v>
+        <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="4">
         <v>116</v>
       </c>
-      <c r="B117" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B117" s="3"/>
       <c r="C117" s="5">
-        <v>626736480</v>
+        <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="4">
         <v>117</v>
       </c>
-      <c r="B118" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B118" s="3"/>
       <c r="C118" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="4">
         <v>118</v>
       </c>
-      <c r="B119" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B119" s="3"/>
       <c r="C119" s="5">
-        <v>774020000.5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="4">
         <v>119</v>
       </c>
-      <c r="B120" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B120" s="3"/>
       <c r="C120" s="5">
-        <v>1139100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="4">
         <v>120</v>
       </c>
-      <c r="B121" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B121" s="3"/>
       <c r="C121" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="4">
         <v>121</v>
       </c>
-      <c r="B122" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B122" s="3"/>
       <c r="C122" s="5">
-        <v>1014118200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="4">
         <v>122</v>
       </c>
-      <c r="B123" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B123" s="3"/>
       <c r="C123" s="5">
-        <v>158003022.4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="4">
         <v>123</v>
       </c>
-      <c r="B124" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B124" s="3"/>
       <c r="C124" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="4">
         <v>124</v>
       </c>
-      <c r="B125" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B125" s="3"/>
       <c r="C125" s="5">
-        <v>327600000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="4">
         <v>125</v>
       </c>
-      <c r="B126" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B126" s="3"/>
       <c r="C126" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="4">
         <v>126</v>
       </c>
-      <c r="B127" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B127" s="3"/>
       <c r="C127" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="4">
         <v>127</v>
       </c>
-      <c r="B128" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B128" s="3"/>
       <c r="C128" s="5">
-        <v>741540642</v>
+        <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="4">
         <v>128</v>
       </c>
-      <c r="B129" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B129" s="3"/>
       <c r="C129" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="4">
         <v>129</v>
       </c>
-      <c r="B130" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B130" s="3"/>
       <c r="C130" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="4">
         <v>130</v>
       </c>
-      <c r="B131" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B131" s="3"/>
       <c r="C131" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="4">
         <v>131</v>
       </c>
-      <c r="B132" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B132" s="3"/>
       <c r="C132" s="5">
-        <v>52272694230.35</v>
+        <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="4">
         <v>132</v>
       </c>
-      <c r="B133" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B133" s="3"/>
       <c r="C133" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="4">
         <v>133</v>
       </c>
-      <c r="B134" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B134" s="3"/>
       <c r="C134" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="4">
         <v>134</v>
       </c>
-      <c r="B135" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B135" s="3"/>
       <c r="C135" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="4">
         <v>135</v>
       </c>
-      <c r="B136" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B136" s="3"/>
       <c r="C136" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="4">
         <v>136</v>
       </c>
-      <c r="B137" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B137" s="3"/>
       <c r="C137" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="4">
         <v>137</v>
       </c>
-      <c r="B138" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B138" s="3"/>
       <c r="C138" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="4">
         <v>138</v>
       </c>
-      <c r="B139" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B139" s="3"/>
       <c r="C139" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="4">
         <v>139</v>
       </c>
-      <c r="B140" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B140" s="3"/>
       <c r="C140" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="4">
         <v>140</v>
       </c>
-      <c r="B141" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B141" s="3"/>
       <c r="C141" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="4">
         <v>141</v>
       </c>
-      <c r="B142" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B142" s="3"/>
       <c r="C142" s="5">
-        <v>27666000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="4">
         <v>142</v>
       </c>
-      <c r="B143" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B143" s="3"/>
       <c r="C143" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="4">
         <v>143</v>
       </c>
-      <c r="B144" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B144" s="3"/>
       <c r="C144" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="4">
         <v>144</v>
       </c>
-      <c r="B145" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B145" s="3"/>
       <c r="C145" s="5">
-        <v>44855205</v>
+        <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="4">
         <v>145</v>
       </c>
-      <c r="B146" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B146" s="3"/>
       <c r="C146" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="4">
         <v>146</v>
       </c>
-      <c r="B147" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B147" s="3"/>
       <c r="C147" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="4">
         <v>147</v>
       </c>
-      <c r="B148" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B148" s="3"/>
       <c r="C148" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="4">
         <v>148</v>
       </c>
-      <c r="B149" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B149" s="3"/>
       <c r="C149" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="4">
         <v>149</v>
       </c>
-      <c r="B150" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B150" s="3"/>
       <c r="C150" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="4">
         <v>150</v>
       </c>
-      <c r="B151" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B151" s="3"/>
       <c r="C151" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="4">
         <v>151</v>
       </c>
-      <c r="B152" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B152" s="3"/>
       <c r="C152" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="4">
         <v>152</v>
       </c>
-      <c r="B153" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B153" s="3"/>
       <c r="C153" s="5">
-        <v>736846240.79</v>
+        <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="4">
         <v>153</v>
       </c>
-      <c r="B154" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B154" s="3"/>
       <c r="C154" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="4">
         <v>154</v>
       </c>
-      <c r="B155" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B155" s="3"/>
       <c r="C155" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="4">
         <v>155</v>
       </c>
-      <c r="B156" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B156" s="3"/>
       <c r="C156" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="4">
         <v>156</v>
       </c>
-      <c r="B157" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B157" s="3"/>
       <c r="C157" s="5">
-        <v>654351050</v>
+        <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="4">
         <v>157</v>
       </c>
-      <c r="B158" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B158" s="3"/>
       <c r="C158" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="4">
         <v>158</v>
       </c>
-      <c r="B159" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B159" s="3"/>
       <c r="C159" s="5">
-        <v>3164654600</v>
+        <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="4">
         <v>159</v>
       </c>
-      <c r="B160" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B160" s="3"/>
       <c r="C160" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="4">
         <v>160</v>
       </c>
-      <c r="B161" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B161" s="3"/>
       <c r="C161" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="4">
         <v>161</v>
       </c>
-      <c r="B162" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B162" s="3"/>
       <c r="C162" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="4">
         <v>162</v>
       </c>
-      <c r="B163" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B163" s="3"/>
       <c r="C163" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="4">
         <v>163</v>
       </c>
-      <c r="B164" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B164" s="3"/>
       <c r="C164" s="5">
-        <v>109127000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="4">
         <v>164</v>
       </c>
-      <c r="B165" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B165" s="3"/>
       <c r="C165" s="5">
-        <v>1393563775</v>
+        <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="4">
         <v>165</v>
       </c>
-      <c r="B166" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B166" s="3"/>
       <c r="C166" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="4">
         <v>166</v>
       </c>
-      <c r="B167" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B167" s="3"/>
       <c r="C167" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="4">
         <v>167</v>
       </c>
-      <c r="B168" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B168" s="3"/>
       <c r="C168" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="4">
         <v>168</v>
       </c>
-      <c r="B169" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B169" s="3"/>
       <c r="C169" s="5">
-        <v>4000000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="4">
         <v>169</v>
       </c>
-      <c r="B170" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B170" s="3"/>
       <c r="C170" s="5">
-        <v>101500000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="4">
         <v>170</v>
       </c>
-      <c r="B171" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B171" s="3"/>
       <c r="C171" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="4">
         <v>171</v>
       </c>
-      <c r="B172" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B172" s="3"/>
       <c r="C172" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="4">
         <v>172</v>
       </c>
-      <c r="B173" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B173" s="3"/>
       <c r="C173" s="5">
-        <v>78744000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="4">
         <v>173</v>
       </c>
-      <c r="B174" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B174" s="3"/>
       <c r="C174" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="4">
         <v>174</v>
       </c>
-      <c r="B175" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B175" s="3"/>
       <c r="C175" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="4">
         <v>175</v>
       </c>
-      <c r="B176" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B176" s="3"/>
       <c r="C176" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="4">
         <v>176</v>
       </c>
-      <c r="B177" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B177" s="3"/>
       <c r="C177" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="4">
         <v>177</v>
       </c>
-      <c r="B178" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B178" s="3"/>
       <c r="C178" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="4">
         <v>178</v>
       </c>
-      <c r="B179" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B179" s="3"/>
       <c r="C179" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="4">
         <v>179</v>
       </c>
-      <c r="B180" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B180" s="3"/>
       <c r="C180" s="5">
-        <v>12555000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="4">
         <v>180</v>
       </c>
-      <c r="B181" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B181" s="3"/>
       <c r="C181" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="4">
         <v>181</v>
       </c>
-      <c r="B182" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B182" s="3"/>
       <c r="C182" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="4">
         <v>182</v>
       </c>
-      <c r="B183" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B183" s="3"/>
       <c r="C183" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="4">
         <v>183</v>
       </c>
-      <c r="B184" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B184" s="3"/>
       <c r="C184" s="5">
-        <v>67903300</v>
+        <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="4">
         <v>184</v>
       </c>
-      <c r="B185" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B185" s="3"/>
       <c r="C185" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="4">
         <v>185</v>
       </c>
-      <c r="B186" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B186" s="3"/>
       <c r="C186" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="4">
         <v>186</v>
       </c>
-      <c r="B187" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B187" s="3"/>
       <c r="C187" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="4">
         <v>187</v>
       </c>
-      <c r="B188" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B188" s="3"/>
       <c r="C188" s="5">
-        <v>92034736682.58</v>
+        <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="4">
         <v>188</v>
       </c>
-      <c r="B189" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B189" s="3"/>
       <c r="C189" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="4">
         <v>189</v>
       </c>
-      <c r="B190" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B190" s="3"/>
       <c r="C190" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="4">
         <v>190</v>
       </c>
-      <c r="B191" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B191" s="3"/>
       <c r="C191" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="4">
         <v>191</v>
       </c>
-      <c r="B192" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B192" s="3"/>
       <c r="C192" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="4">
         <v>192</v>
       </c>
-      <c r="B193" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B193" s="3"/>
       <c r="C193" s="5">
-        <v>2361387982</v>
+        <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="4">
         <v>193</v>
       </c>
-      <c r="B194" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B194" s="3"/>
       <c r="C194" s="5">
-        <v>7966275000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="4">
         <v>194</v>
       </c>
-      <c r="B195" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B195" s="3"/>
       <c r="C195" s="5">
-        <v>114804500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="4">
         <v>195</v>
       </c>
-      <c r="B196" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B196" s="3"/>
       <c r="C196" s="5">
-        <v>11200000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="4">
         <v>196</v>
       </c>
-      <c r="B197" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B197" s="3"/>
       <c r="C197" s="5">
-        <v>100344000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="4">
         <v>197</v>
       </c>
-      <c r="B198" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B198" s="3"/>
       <c r="C198" s="5">
-        <v>19903000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="4">
         <v>198</v>
       </c>
-      <c r="B199" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B199" s="3"/>
       <c r="C199" s="5">
-        <v>139095500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="4">
         <v>199</v>
       </c>
-      <c r="B200" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B200" s="3"/>
       <c r="C200" s="5">
-        <v>5150000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="4">
         <v>200</v>
       </c>
-      <c r="B201" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B201" s="3"/>
       <c r="C201" s="5">
-        <v>228381000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="4">
         <v>201</v>
       </c>
-      <c r="B202" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B202" s="3"/>
       <c r="C202" s="5">
-        <v>276000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="4">
         <v>202</v>
       </c>
-      <c r="B203" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B203" s="3"/>
       <c r="C203" s="5">
-        <v>350000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="4">
         <v>203</v>
       </c>
-      <c r="B204" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B204" s="3"/>
       <c r="C204" s="5">
-        <v>16560000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="6" t="s">
-        <v>206</v>
+        <v>3</v>
       </c>
       <c r="B205" s="7"/>
       <c r="C205" s="8">
-        <v>225879050094.09</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A205:B205"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>